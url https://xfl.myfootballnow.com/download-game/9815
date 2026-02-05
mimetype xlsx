--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -686,51 +686,51 @@
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>2-9-TOR 38 (9:46) 3-Michael Keeler pass incomplete, dropped by 36-John Landers.</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-9-TOR 38 (9:42) 3-Michael Keeler pass complete to 80-Lester Litchfield to TOR 46 for 8 yards. Tackle by 24-David Swain. 80-Lester Litchfield made a great move on the CB.</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>TOR 46</t>
   </si>
   <si>
     <t>4-1-TOR 46 (9:06) 10-David Medina punts 47 yards to HOU 7.</t>
   </si>
   <si>
-    <t>#10 David Medina - P</t>
+    <t>#4 David Medina - P</t>
   </si>
   <si>
     <t>#70 Patrick Snyder - RG</t>
   </si>
   <si>
     <t>#93 Carl Simpson - DT</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>HOU 7</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-HOU 7 (8:56) 6-Joseph Eady pass complete to 11-John Gomez to TOR 44 for 49 yards. Tackle by 30-Kevin Morales.</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>TOR 44</t>
   </si>