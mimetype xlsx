--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -353,51 +353,51 @@
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-SEA 33 (14:55) 1-Stanley McKeon pass complete to 28-John Parker to GCG 31 for 36 yards. Tackle by 46-Martin Van Nostrand.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#44 Mark Bradshaw - FB</t>
   </si>
   <si>
     <t>#23 Anthony Crawford - RB</t>
   </si>
   <si>
     <t>#82 Prince Larsen - WR</t>
   </si>
   <si>
     <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#1 John Parker - LT</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#50 Ryan Butler - LG</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#63 Ethan Mauk - RG</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#96 Bradley Tamez - LDE</t>
   </si>
   <si>
     <t>#94 Solomon Holmes - DT</t>
   </si>
   <si>
     <t>#74 William Irish - DT</t>
   </si>
   <si>
     <t>#57 P.C. Principal - RDE</t>
   </si>