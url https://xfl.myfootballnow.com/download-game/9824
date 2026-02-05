--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -299,54 +299,54 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-James Shoults kicks 74 yards from MTG 35 to PNX -9. 44-Lee Lytton to PNX 28 for 38 yards. Tackle by 6-James Shoults.</t>
   </si>
   <si>
     <t>#44 Lee Lytton - WR</t>
   </si>
   <si>
     <t>#22 John Sandoval - SS</t>
   </si>
   <si>
     <t>#56 Turkey Leg Summerall - CB</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#48 Tyrone Birge - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
-[...2 lines deleted...]
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#24 David Smothers - CB</t>
+  </si>
+  <si>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>#37 Micheal Stewart - CB</t>
   </si>
   <si>
     <t>#6 James Shoults - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>PNX 28</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
@@ -983,51 +983,51 @@
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>3-10-PNX 28 (12:02) 19-Timothy Hernandez ran to PNX 26 for 1 yards. Tackle by 90-Patrick Washington.</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>4-8-PNX 26 (11:20) 6-James Shoults 44 yard field goal is GOOD. MTG 3 PNX 7</t>
   </si>
   <si>
     <t>#78 John Castillo - C</t>
   </si>
   <si>
     <t>#65 Lance Greenberg - LT</t>
   </si>
   <si>
     <t>#52 Benjamin Holden - RG</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>(11:16) 6-James Shoults kicks 72 yards from MTG 35 to PNX -7. 44-Lee Lytton to PNX 24 for 31 yards. Tackle by 40-Lawrence Turner. 95-Thomas Reyes missed that block completely. MTG 35-Paul Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>PNX 24</t>
   </si>
   <si>
     <t>1-10-PNX 24 (11:11) 9-Taylor Rojas sacked at PNX 17 for -7 yards (96-Daniel Martin). Sack allowed by 63-Matthew Garrett.</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>2-17-PNX 17 (10:27) 40-Son Johnson ran to PNX 29 for 12 yards. Tackle by 48-Michael Hudock.</t>
   </si>
   <si>
     <t>9:47</t>
   </si>
@@ -1262,51 +1262,51 @@
   <si>
     <t>2:34</t>
   </si>
   <si>
     <t>1-10-PNX 48 (2:35) 9-Taylor Rojas pass complete to 86-Christopher Hopkins to MTG 19 for 32 yards. Tackle by 39-Eddie Mayo.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>1-10-MTG 19 (2:00) 10-Carmelo Cruz ran to MTG 17 for 2 yards. Tackle by 56-Lamar Pratt. PNX 51-Steve Donnell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>MTG 17</t>
   </si>
   <si>
     <t>2-8-MTG 17 (1:28) 9-Taylor Rojas pass incomplete, the ball was thrown away. Pressure by 96-Daniel Martin.</t>
   </si>
   <si>
-    <t>#51 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>1:22</t>
   </si>
   <si>
     <t>3-8-MTG 17 (1:23) 9-Taylor Rojas pass Pass knocked down by 48-Michael Hudock. incomplete, intended for 12-James Hurlbert. Pressure by 72-Steven Coddington.</t>
   </si>
   <si>
     <t>1:19</t>
   </si>
   <si>
     <t>4-8-MTG 17 (1:20) 6-Stephen Roman 35 yard field goal is GOOD. MTG 3 PNX 17</t>
   </si>
   <si>
     <t>#72 Peter McAdams - LT</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>(1:17) 6-Stephen Roman kicks 70 yards from PNX 35 to MTG -5. Touchback.</t>
   </si>
   <si>
     <t>1-10-MTG 25 (1:17) 19-Timothy Hernandez ran to MTG 28 for 3 yards. Tackle by 28-Anthony Mansfield.</t>
   </si>
@@ -2421,51 +2421,51 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="308.925" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="35.277" bestFit="true" customWidth="true" style="0"/>