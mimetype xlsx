--- v1 (2026-02-05)
+++ v2 (2026-03-30)
@@ -983,51 +983,51 @@
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>3-10-PNX 28 (12:02) 19-Timothy Hernandez ran to PNX 26 for 1 yards. Tackle by 90-Patrick Washington.</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>4-8-PNX 26 (11:20) 6-James Shoults 44 yard field goal is GOOD. MTG 3 PNX 7</t>
   </si>
   <si>
     <t>#78 John Castillo - C</t>
   </si>
   <si>
     <t>#65 Lance Greenberg - LT</t>
   </si>
   <si>
     <t>#52 Benjamin Holden - RG</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>(11:16) 6-James Shoults kicks 72 yards from MTG 35 to PNX -7. 44-Lee Lytton to PNX 24 for 31 yards. Tackle by 40-Lawrence Turner. 95-Thomas Reyes missed that block completely. MTG 35-Paul Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>PNX 24</t>
   </si>
   <si>
     <t>1-10-PNX 24 (11:11) 9-Taylor Rojas sacked at PNX 17 for -7 yards (96-Daniel Martin). Sack allowed by 63-Matthew Garrett.</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>2-17-PNX 17 (10:27) 40-Son Johnson ran to PNX 29 for 12 yards. Tackle by 48-Michael Hudock.</t>
   </si>
   <si>
     <t>9:47</t>
   </si>