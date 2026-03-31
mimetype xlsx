--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -392,51 +392,51 @@
   <si>
     <t>#95 Randolph Sailor - LDE</t>
   </si>
   <si>
     <t>#95 Davis Wright - DT</t>
   </si>
   <si>
     <t>#87 Tommy Martinez - LDE</t>
   </si>
   <si>
     <t>#96 Elmer Amezcua - WLB</t>
   </si>
   <si>
     <t>#47 Carlos Kirby - CB</t>
   </si>
   <si>
     <t>#55 Michael Schrader - SS</t>
   </si>
   <si>
     <t>#26 William Allard - CB</t>
   </si>
   <si>
     <t>#22 Martin Killough - CB</t>
   </si>
   <si>
-    <t>#46 Garrett Holt - CB</t>
+    <t>#46 Garrett Holt - RDE</t>
   </si>
   <si>
     <t>#27 Billy Powell - CB</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-10-VBA 25 (14:59) 13-James Johnson pass complete to 82-Joshua Baker to VBA 35 for 10 yards. Tackle by 45-Garrett Holt. 26-William Allard got away with a hold on that play.</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>VBA 35</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-VBA 35 (14:16) 13-James Johnson sacked at VBA 28 for -7 yards (90-Michael Gonzales). Sack allowed by 17-Matthew Schupp.</t>
   </si>