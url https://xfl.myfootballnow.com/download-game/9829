--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -359,51 +359,51 @@
   <si>
     <t>#25 Hassan Morrison - WR</t>
   </si>
   <si>
     <t>#27 George Gurley - RB</t>
   </si>
   <si>
     <t>#39 Gordon Dragon - FB</t>
   </si>
   <si>
     <t>#76 Arthur Kiel - LT</t>
   </si>
   <si>
     <t>#62 Woodrow Miranda - LT</t>
   </si>
   <si>
     <t>#57 Luis Valerio - C</t>
   </si>
   <si>
     <t>#68 Joseph Coffey - RT</t>
   </si>
   <si>
     <t>#53 Kenneth Pettit - RT</t>
   </si>
   <si>
-    <t>#93 William Levey - DT</t>
+    <t>#99 William Levey - DT</t>
   </si>
   <si>
     <t>#78 John Tucker - DT</t>
   </si>
   <si>
     <t>#52 Gil Whitman - DT</t>
   </si>
   <si>
     <t>#78 David Dodge - DT</t>
   </si>
   <si>
     <t>#75 Joel Schaffer - DT</t>
   </si>
   <si>
     <t>#45 Wilbur Patrick - WLB</t>
   </si>
   <si>
     <t>#33 Chad Meaux - SLB</t>
   </si>
   <si>
     <t>#50 Frank Moulton - RDE</t>
   </si>
   <si>
     <t>#17 David Hooks - CB</t>
   </si>