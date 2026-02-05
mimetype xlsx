--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -299,54 +299,54 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Gary Price kicks 75 yards from LAC 35 to PNX -10. Touchback.</t>
   </si>
   <si>
     <t>#44 Lee Lytton - WR</t>
   </si>
   <si>
     <t>#22 John Sandoval - SS</t>
   </si>
   <si>
     <t>#56 Turkey Leg Summerall - CB</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#48 Tyrone Birge - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
-[...2 lines deleted...]
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#24 David Smothers - CB</t>
+  </si>
+  <si>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>#37 Micheal Stewart - CB</t>
   </si>
   <si>
     <t>#7 Gary Price - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
@@ -1829,51 +1829,51 @@
   <si>
     <t>PNX 26</t>
   </si>
   <si>
     <t>1-10-PNX 26 (4:20) 6-Tom Crawford pass complete to 88-Wilbert Henderson to PNX 25 for a short gain. Tackle by 43-Jose Henderson.</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>2-10-PNX 25 (4:00) 6-Tom Crawford pass incomplete, dropped by 88-Wilbert Henderson.</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
     <t>3-10-PNX 25 (3:56) 6-Tom Crawford pass incomplete, intended for 23-James Arnold.</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>4-10-PNX 25 (3:52) 7-Gary Price 43 yard field goal is GOOD. PNX 24 LAC 3</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>(3:49) 7-Gary Price kicks 72 yards from LAC 35 to PNX -7. 44-Lee Lytton to PNX 30 for 37 yards. Tackle by 7-Gary Price. LAC 24-Russell Byrne was injured on the play.</t>
   </si>
   <si>
     <t>3:42</t>
   </si>
   <si>
     <t>1-10-PNX 30 (3:43) 9-Taylor Rojas pass Pass knocked down by 27-Pedro Johnson. incomplete, intended for 16-Mark Sager.</t>
   </si>
   <si>
     <t>#70 Frank Pearson - RDE</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>2-10-PNX 30 (3:41) 9-Taylor Rojas pass complete to 80-Darren Burnett for 70 yards. TOUCHDOWN! PNX 30 LAC 3</t>
   </si>
   <si>
     <t>3:30</t>
   </si>
   <si>
     <t>(3:31) Extra point GOOD by 6-Stephen Roman. PNX 31 LAC 3</t>
   </si>