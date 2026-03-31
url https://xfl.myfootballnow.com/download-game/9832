--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -1829,51 +1829,51 @@
   <si>
     <t>PNX 26</t>
   </si>
   <si>
     <t>1-10-PNX 26 (4:20) 6-Tom Crawford pass complete to 88-Wilbert Henderson to PNX 25 for a short gain. Tackle by 43-Jose Henderson.</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>2-10-PNX 25 (4:00) 6-Tom Crawford pass incomplete, dropped by 88-Wilbert Henderson.</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
     <t>3-10-PNX 25 (3:56) 6-Tom Crawford pass incomplete, intended for 23-James Arnold.</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>4-10-PNX 25 (3:52) 7-Gary Price 43 yard field goal is GOOD. PNX 24 LAC 3</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>(3:49) 7-Gary Price kicks 72 yards from LAC 35 to PNX -7. 44-Lee Lytton to PNX 30 for 37 yards. Tackle by 7-Gary Price. LAC 24-Russell Byrne was injured on the play.</t>
   </si>
   <si>
     <t>3:42</t>
   </si>
   <si>
     <t>1-10-PNX 30 (3:43) 9-Taylor Rojas pass Pass knocked down by 27-Pedro Johnson. incomplete, intended for 16-Mark Sager.</t>
   </si>
   <si>
     <t>#70 Frank Pearson - RDE</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>2-10-PNX 30 (3:41) 9-Taylor Rojas pass complete to 80-Darren Burnett for 70 yards. TOUCHDOWN! PNX 30 LAC 3</t>
   </si>
   <si>
     <t>3:30</t>
   </si>
   <si>
     <t>(3:31) Extra point GOOD by 6-Stephen Roman. PNX 31 LAC 3</t>
   </si>