--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -611,51 +611,51 @@
   <si>
     <t>#74 Joshua Day - C</t>
   </si>
   <si>
     <t>#78 Keith Scott - RT</t>
   </si>
   <si>
     <t>#56 Peter Epperly - LDE</t>
   </si>
   <si>
     <t>#69 Karl Tong - DT</t>
   </si>
   <si>
     <t>#61 Bobby Thomas - DT</t>
   </si>
   <si>
     <t>#75 Mike Buchanan - SLB</t>
   </si>
   <si>
     <t>#24 Ivan Cook - WLB</t>
   </si>
   <si>
     <t>#37 Everett Redford - SS</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#36 Ronald Buckingham - CB</t>
   </si>
   <si>
     <t>9:04</t>
   </si>
   <si>
     <t>IND 40</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>1-10-IND 40 (9:03) 13-Bart Rowland pass complete to 32-Frank Lopez to IND 27 for 13 yards. Tackle by 46-Robert Ellis.</t>
   </si>
   <si>
     <t>#48 Todd Howes - CB</t>
   </si>
   <si>
     <t>8:25</t>
   </si>