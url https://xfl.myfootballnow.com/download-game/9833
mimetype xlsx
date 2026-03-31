--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -344,51 +344,51 @@
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 23-Danny Melillo ran to IND 33 for 8 yards. Tackle by 98-Mario Charles.</t>
   </si>
   <si>
     <t>#4 Johnathan Cantu - QB</t>
   </si>
   <si>
     <t>#23 Danny Melillo - WR</t>
   </si>
   <si>
     <t>#19 Louis Oneill - WR</t>
   </si>
   <si>
     <t>#10 George Andrade - WR</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - WR</t>
+    <t>#19 Phillip Mandell - C</t>
   </si>
   <si>
     <t>#73 John Coleman - RT</t>
   </si>
   <si>
     <t>#81 Purple Urkle - LT</t>
   </si>
   <si>
     <t>#56 Kevin Giglio - C</t>
   </si>
   <si>
     <t>#73 Donald Hubbard - RG</t>
   </si>
   <si>
     <t>#54 Ken Hedrick - LG</t>
   </si>
   <si>
     <t>#60 Joshua Whitlock - RDE</t>
   </si>
   <si>
     <t>#91 Adam Oglesby - LDE</t>
   </si>
   <si>
     <t>#98 Jack Armendariz - DT</t>
   </si>
@@ -2206,51 +2206,51 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="326.635" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="25.851" bestFit="true" customWidth="true" style="0"/>