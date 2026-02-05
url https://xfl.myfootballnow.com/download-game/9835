--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -620,51 +620,51 @@
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-5-BRO 9 (12:13) 89-Terrance McConkey ran to BRO 12 for 3 yards. Tackle by 93-Donnie Huerta. 87-William King was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>BRO 12</t>
   </si>
   <si>
     <t>4-2-BRO 12 (11:39) 3-Leonard Israel punts 50 yards to MEM 38. Fair Catch by 14-James Fain.</t>
   </si>
   <si>
     <t>#3 Leonard Israel - P</t>
   </si>
   <si>
     <t>#92 Richard Harris - CB</t>
   </si>
   <si>
-    <t>#88 Richard Bishop - WR</t>
+    <t>#88 Richard Bishop - C</t>
   </si>
   <si>
     <t>#66 Earl Lewis - RG</t>
   </si>
   <si>
     <t>#65 Phil Weaver - RT</t>
   </si>
   <si>
     <t>#71 Lawrence Montgomery - DT</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>MEM 38</t>
   </si>
   <si>
     <t>1-10-MEM 38 (11:33) 5-Anthony Henderson pass complete to 12-Bobby Covert to BRO 15 for 47 yards.</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>BRO 15</t>
   </si>