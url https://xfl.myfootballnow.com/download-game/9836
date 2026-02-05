--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -518,51 +518,51 @@
   <si>
     <t>#16 George Hobbs - WR</t>
   </si>
   <si>
     <t>#16 Gary Rusch - WR</t>
   </si>
   <si>
     <t>#82 George Lane - WR</t>
   </si>
   <si>
     <t>#79 Walter Damron - RG</t>
   </si>
   <si>
     <t>#64 Louis Woods - C</t>
   </si>
   <si>
     <t>#68 Ray Dupont - C</t>
   </si>
   <si>
     <t>#60 Marvin Roberts - LG</t>
   </si>
   <si>
     <t>#58 Evan Aponte - C</t>
   </si>
   <si>
-    <t>#93 William Levey - DT</t>
+    <t>#99 William Levey - DT</t>
   </si>
   <si>
     <t>#52 Gil Whitman - DT</t>
   </si>
   <si>
     <t>#78 David Dodge - DT</t>
   </si>
   <si>
     <t>#75 Joel Schaffer - DT</t>
   </si>
   <si>
     <t>#45 Wilbur Patrick - WLB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>DAY 29</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>