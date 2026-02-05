--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -365,81 +365,81 @@
   <si>
     <t>#19 Lester Griffin - WR</t>
   </si>
   <si>
     <t>#85 Paul Gillard - WR</t>
   </si>
   <si>
     <t>#15 George Smith - WR</t>
   </si>
   <si>
     <t>#77 Anthony Edwards - LT</t>
   </si>
   <si>
     <t>#64 Joey Carney - LG</t>
   </si>
   <si>
     <t>#58 Brandon Suzuki - C</t>
   </si>
   <si>
     <t>#62 Rufus Thompson - LT</t>
   </si>
   <si>
     <t>#72 Scott Brothers - RT</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
     <t>#96 Edwin Johnson - DT</t>
   </si>
   <si>
     <t>#72 Don Elkins - DT</t>
   </si>
   <si>
     <t>#99 Richard Johns - SLB</t>
   </si>
   <si>
     <t>#95 Lewis Jones - WLB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#63 Thomas Haney - DT</t>
   </si>
   <si>
     <t>#41 Leopoldo Worrell - SS</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
   <si>
-    <t>#49 Charles Waters - FS</t>
+    <t>#25 Charles Waters - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>NYE 29</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-6-NYE 29 (14:20) 24-Francisco Leedom ran to NYE 35 for 6 yards. Tackle by 91-Frank Watson.</t>
   </si>
   <si>
     <t>#87 Jarred Ramos - TE</t>
   </si>
   <si>
     <t>#58 John Hernandez - MLB</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>NYE 35</t>
   </si>