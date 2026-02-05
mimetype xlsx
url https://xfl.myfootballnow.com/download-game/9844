--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -653,51 +653,51 @@
   <si>
     <t>#11 Roy Moore - WR</t>
   </si>
   <si>
     <t>#94 David Estes - DT</t>
   </si>
   <si>
     <t>#90 David Stover - LDE</t>
   </si>
   <si>
     <t>#41 Robert Davenport - LDE</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-TOR 31 (10:43) 10-David Medina punts 51 yards to BUF 18. 87-James Vasquez to BUF 20 for 2 yards. Tackle by 32-Charles Sale.</t>
   </si>
   <si>
-    <t>#10 David Medina - P</t>
+    <t>#4 David Medina - P</t>
   </si>
   <si>
     <t>#27 Theodore Vazquez - CB</t>
   </si>
   <si>
     <t>#70 Patrick Snyder - RG</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>1-10-BUF 20 (10:35) 8-Matthew Whitney pass complete to 89-Elijah Diller to BUF 31 for 11 yards. Tackle by 58-Juan Ferguson. 89-Elijah Diller made a great move on the CB.</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>BUF 31</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BUF 31 (9:59) 8-Matthew Whitney pass complete to 85-Joseph Moore to TOR 47 for 22 yards. 85-Joseph Moore did some fancy footwork there. Pressure by 73-Nelson Dysart.</t>
   </si>
@@ -2382,51 +2382,51 @@
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>