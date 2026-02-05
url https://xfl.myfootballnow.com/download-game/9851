--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -365,51 +365,51 @@
   <si>
     <t>#81 Ronald Turner - RB</t>
   </si>
   <si>
     <t>#16 Martin Moore - WR</t>
   </si>
   <si>
     <t>#11 John Gomez - WR</t>
   </si>
   <si>
     <t>#70 Daniel Paige - LT</t>
   </si>
   <si>
     <t>#66 Gene Perez - LT</t>
   </si>
   <si>
     <t>#67 Larry Wilson - C</t>
   </si>
   <si>
     <t>#75 Robert Strother - RG</t>
   </si>
   <si>
     <t>#70 Gus Goodman - LT</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#95 Richard Brandenburg - LDE</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
     <t>#54 Gerardo Lee - RDE</t>
   </si>
   <si>
     <t>#72 Don Elkins - DT</t>
   </si>
   <si>
     <t>#99 Richard Johns - SLB</t>
   </si>
   <si>
     <t>#95 Lewis Jones - WLB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#63 Thomas Haney - DT</t>
   </si>
@@ -425,51 +425,51 @@
   <si>
     <t>HOU 32</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-3-HOU 32 (14:19) 6-Joseph Eady pass complete to 28-Andre Maker to MIA 48 for 19 yards. Tackle by 95-Lewis Jones. Nice job by 28-Andre Maker on that route to lose his coverage. Pressure by 98-Kenneth Kirchner. 32-Charles Waters got away with a hold on that play.</t>
   </si>
   <si>
     <t>#75 Andre Maker - LG</t>
   </si>
   <si>
     <t>#25 Clinton Anderson - WR</t>
   </si>
   <si>
     <t>#26 Ryan Embree - CB</t>
   </si>
   <si>
     <t>#22 Daryl Gardner - CB</t>
   </si>
   <si>
-    <t>#49 Charles Waters - FS</t>
+    <t>#25 Charles Waters - FS</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>MIA 48</t>
   </si>
   <si>
     <t>1-10-MIA 48 (13:39) 6-Joseph Eady pass complete to 23-Tracy Lopez for 48 yards. TOUCHDOWN! MIA 41-Leopoldo Worrell was injured on the play. He looks like he should be able to return. MIA 0 HOU 6</t>
   </si>
   <si>
     <t>#58 John Hernandez - MLB</t>
   </si>
   <si>
     <t>#93 Michael Knox - SLB</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>MIA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
@@ -2278,97 +2278,97 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>