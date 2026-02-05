--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -386,57 +386,57 @@
   <si>
     <t>#72 Scott Brothers - RT</t>
   </si>
   <si>
     <t>#72 Michael Whaley - LDE</t>
   </si>
   <si>
     <t>#79 Nicholas Matias - CB</t>
   </si>
   <si>
     <t>#70 Patrick Washington - DT</t>
   </si>
   <si>
     <t>#58 Thomas Gooch - RDE</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#27 Jose Henderson - CB</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
+    <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>2-10-NYE 25 (14:57) 24-Francisco Leedom ran to NYE 34 for 9 yards. Tackle by 39-Jeffrey Daniels.</t>
   </si>
   <si>
     <t>#15 George Smith - WR</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>NYE 34</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
@@ -635,51 +635,51 @@
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-9-NYE 11 (11:25) 10-Carmelo Cruz ran to NYE 13 for -1 yards. Tackle by 56-Robert Brooks. PNX 51-Steve Donnell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#55 Richard Perez - SLB</t>
   </si>
   <si>
     <t>#56 Robert Brooks - WLB</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>NYE 13</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>3-10-NYE 13 (10:52) 40-Son Johnson ran to NYE 14 for -1 yards. Tackle by 56-Robert Brooks. NYE 95-George Carroll was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#51 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>NYE 14</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-11-NYE 14 (10:18) 6-Stephen Roman 31 yard field goal is GOOD. NYE 0 PNX 3</t>
   </si>
   <si>
     <t>#11 Gary McCall - P</t>
   </si>
   <si>
     <t>#72 Peter McAdams - LT</t>
   </si>
   <si>
     <t>#61 Ruben Munroe - LG</t>
   </si>
@@ -1094,51 +1094,51 @@
   <si>
     <t>#65 Joshua Wendt - RG</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>PNX 15</t>
   </si>
   <si>
     <t>(6:27) Extra point GOOD by 3-Allen Brown. NYE 66-Brandon Suzuki was injured on the play. He looks like he should be able to return. NYE 7 PNX 6</t>
   </si>
   <si>
     <t>#3 Allen Brown - K</t>
   </si>
   <si>
     <t>#35 David Freeman - CB</t>
   </si>
   <si>
     <t>#90 Robert Martin - DT</t>
   </si>
   <si>
     <t>#93 Eric Williams - LDE</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>NYE 35</t>
   </si>
   <si>
     <t>(6:27) 3-Allen Brown kicks 64 yards from NYE 35 to PNX 1. 44-Lee Lytton to PNX 24 for 24 yards. Tackle by 25-Carl Bowman.</t>
   </si>
   <si>
     <t>#22 John Sandoval - SS</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>PNX 24</t>
   </si>
   <si>
     <t>1-10-PNX 24 (6:23) 9-Taylor Rojas sacked at PNX 16 for -8 yards (50-Jeffrey Baird). Sack allowed by 80-Darren Burnett. 80-Darren Burnett missed that block completely.</t>
   </si>
   <si>
     <t>5:48</t>
   </si>
@@ -2307,73 +2307,73 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="319.636" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>