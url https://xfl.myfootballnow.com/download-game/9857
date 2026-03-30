--- v1 (2026-02-05)
+++ v2 (2026-03-30)
@@ -1094,51 +1094,51 @@
   <si>
     <t>#65 Joshua Wendt - RG</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>PNX 15</t>
   </si>
   <si>
     <t>(6:27) Extra point GOOD by 3-Allen Brown. NYE 66-Brandon Suzuki was injured on the play. He looks like he should be able to return. NYE 7 PNX 6</t>
   </si>
   <si>
     <t>#3 Allen Brown - K</t>
   </si>
   <si>
     <t>#35 David Freeman - CB</t>
   </si>
   <si>
     <t>#90 Robert Martin - DT</t>
   </si>
   <si>
     <t>#93 Eric Williams - LDE</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>NYE 35</t>
   </si>
   <si>
     <t>(6:27) 3-Allen Brown kicks 64 yards from NYE 35 to PNX 1. 44-Lee Lytton to PNX 24 for 24 yards. Tackle by 25-Carl Bowman.</t>
   </si>
   <si>
     <t>#22 John Sandoval - SS</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>PNX 24</t>
   </si>
   <si>
     <t>1-10-PNX 24 (6:23) 9-Taylor Rojas sacked at PNX 16 for -8 yards (50-Jeffrey Baird). Sack allowed by 80-Darren Burnett. 80-Darren Burnett missed that block completely.</t>
   </si>
   <si>
     <t>5:48</t>
   </si>