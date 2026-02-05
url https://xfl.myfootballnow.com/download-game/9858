--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -491,51 +491,51 @@
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-SEA 25 (14:05) (Hot Read) 1-Stanley McKeon pass INTERCEPTED by 47-Steven Holloman at SEA 21. 47-Steven Holloman to SEA 20 for 1 yards. Tackle by 64-Ethan Mauk. Pressure by 44-Robert Arnett. 98-Jack Cumbie missed that block completely. SEA 69-Scott Smith was injured on the play. He looks like he should be able to return. SEA 47-Anthony Crawford was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#44 Mark Bradshaw - FB</t>
   </si>
   <si>
     <t>#23 Anthony Crawford - RB</t>
   </si>
   <si>
     <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#1 John Parker - LT</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#50 Ryan Butler - LG</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#63 Ethan Mauk - RG</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#98 Jack Cumbie - LDE</t>
   </si>
   <si>
     <t>#95 Francisco James - RDE</t>
   </si>
   <si>
     <t>#94 David Estes - DT</t>
   </si>
   <si>
     <t>#54 Micheal Parenteau - LDE</t>
   </si>