--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -626,51 +626,51 @@
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-4-BRO 45 (11:14) 14-Michael Fitzgerald pass incomplete, intended for 18-Michael Perry. Pressure by 63-Cecil Schneider. PENALTY - Holding (BRO 72-David Villegas)</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>2-14-BRO 35 (11:12) 14-Michael Fitzgerald pass complete to 18-Michael Perry to BRO 38 for 3 yards. Tackle by 2-Carlos Smith.</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>BRO 38</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>3-11-BRO 38 (10:28) 14-Michael Fitzgerald pass complete to 15-Aaron Tristan to BRO 50 for 12 yards. Tackle by 55-William Coronado. 15-Aaron Tristan breaks down the CB.</t>
   </si>
   <si>
-    <t>#88 Richard Bishop - WR</t>
+    <t>#88 Richard Bishop - C</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>BRO 50</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-BRO 50 (9:47) 14-Michael Fitzgerald pass complete to 87-William King to WAS 38 for 12 yards. Tackle by 25-Thomas Barber. 87-William King did some fancy footwork there.</t>
   </si>
   <si>
     <t>9:13</t>
   </si>
   <si>
     <t>WAS 38</t>
   </si>
   <si>
     <t>1-10-WAS 38 (9:12) 14-Michael Fitzgerald pass complete to 18-Michael Perry to WAS 24 for 14 yards. Tackle by 58-Joseph Castaneda. 18-Michael Perry made a great move on the CB. Pressure by 90-Rolf Brown.</t>
   </si>