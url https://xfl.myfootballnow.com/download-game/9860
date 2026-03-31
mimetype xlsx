--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -389,51 +389,51 @@
   <si>
     <t>#95 Randolph Sailor - LDE</t>
   </si>
   <si>
     <t>#95 Davis Wright - DT</t>
   </si>
   <si>
     <t>#87 Tommy Martinez - LDE</t>
   </si>
   <si>
     <t>#96 Elmer Amezcua - WLB</t>
   </si>
   <si>
     <t>#47 Carlos Kirby - CB</t>
   </si>
   <si>
     <t>#55 Michael Schrader - SS</t>
   </si>
   <si>
     <t>#26 William Allard - CB</t>
   </si>
   <si>
     <t>#22 Martin Killough - CB</t>
   </si>
   <si>
-    <t>#46 Garrett Holt - CB</t>
+    <t>#46 Garrett Holt - RDE</t>
   </si>
   <si>
     <t>#27 Billy Powell - CB</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>MEM 37</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-MEM 37 (14:20) 5-Anthony Henderson pass complete to 40-Richard Davis to MEM 48 for 12 yards. Tackle by 45-Garrett Holt.</t>
   </si>
   <si>
     <t>#28 Greg McKenzie - SS</t>
   </si>
   <si>
     <t>#21 Jim Cohen - CB</t>
   </si>