--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -929,51 +929,51 @@
   <si>
     <t>1-10-VAN 12 (14:21) 4-Keith Garcia pass complete to 84-Julius Hedin to VAN 19 for 7 yards. Tackle by 30-Todd Smith.</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>VAN 19</t>
   </si>
   <si>
     <t>2-3-VAN 19 (13:42) 4-Keith Garcia pass complete to 86-Evan Edge to VAN 32 for 14 yards. Tackle by 30-Dale Wilson.</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>VAN 32</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-VAN 32 (13:01) 87-Jeffrey Brunson ran to VAN 31 for -2 yards. Tackle by 59-Louis Hansen.</t>
   </si>
   <si>
-    <t>#84 John Castle - TE</t>
+    <t>#47 John Castle - FB</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>VAN 31</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>2-12-VAN 31 (12:23) 4-Keith Garcia pass complete to 88-Ryan Jacobs to VAN 43 for 12 yards. Tackle by 25-Daniel Ross.</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>VAN 43</t>
   </si>
   <si>
     <t>1-10-VAN 43 (11:38) 4-Keith Garcia pass complete to 87-Jeffrey Brunson to VAN 44 for 1 yards. Tackle by 73-Shannon Shockley.</t>
   </si>
   <si>
     <t>11:00</t>
   </si>