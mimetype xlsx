--- v1 (2025-12-08)
+++ v2 (2026-01-10)
@@ -500,51 +500,51 @@
   <si>
     <t>#66 Ricky Flores - C</t>
   </si>
   <si>
     <t>#50 Charles Coker - C</t>
   </si>
   <si>
     <t>#56 Ronnie Yandell - LG</t>
   </si>
   <si>
     <t>#69 Stephen Wiley - LT</t>
   </si>
   <si>
     <t>#31 Ben Marra - CB</t>
   </si>
   <si>
     <t>#52 Gil Whitman - DT</t>
   </si>
   <si>
     <t>#98 John Jones - CB</t>
   </si>
   <si>
     <t>#25 Andrew Hall - CB</t>
   </si>
   <si>
-    <t>#93 William Levey - DT</t>
+    <t>#99 William Levey - DT</t>
   </si>
   <si>
     <t>(14:16) 4-Doyle Allen kicks 74 yards from ATL 35 to VAN -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-VAN 25 (14:16) (Hot Read) 4-Keith Garcia pass Pass knocked down by 96-Guy Brown. incomplete, intended for 65-Douglas Boyd. 95-Kevin Tefft got away with a hold on that play. Pressure by 59-Louis Hansen.</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>2-10-VAN 25 (14:13) 4-Keith Garcia pass incomplete, dropped by 45-Richard Brown.</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>3-10-VAN 25 (14:11) (Hot Read) 4-Keith Garcia pass incomplete, intended for 65-Douglas Boyd. Pressure by 74-Oren Bearce.</t>
   </si>
   <si>
     <t>#87 Jeffrey Brunson - WR</t>
   </si>
   <si>
     <t>14:08</t>
   </si>