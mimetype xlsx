--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -1544,51 +1544,51 @@
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>RAR 13</t>
   </si>
   <si>
     <t>4-14-ZeZ 13 (10:41) 3-Bruce Smith punts 47 yards to ORG 39. 17-Jordan Garcia to ORG 46 for 7 yards. Tackle by 29-Stevie McLaughlin.</t>
   </si>
   <si>
     <t>10:31</t>
   </si>
   <si>
     <t>ORG 46</t>
   </si>
   <si>
     <t>1-10-ORG 46 (10:32) 6-William Young pass complete to 15-Michael Arline for 54 yards. TOUCHDOWN! Great move by 15-Michael Arline to get free of his coverage. ZeZ 6 ORG 37</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>(10:25) Extra point GOOD by 19-John McKinney. ZeZ 6 ORG 38</t>
   </si>
   <si>
-    <t>#79 Brian Tyree - RT</t>
+    <t>#50 Brian Tyree - LT</t>
   </si>
   <si>
     <t>(10:25) 19-John McKinney kicks 70 yards from ORG 35 to ZeZ -5. Touchback.</t>
   </si>
   <si>
     <t>1-10-ZeZ 25 (10:25) 19-Joseph Sheldon pass complete to 10-George Ferris to ZeZ 35 for 10 yards. Tackle by 40-Daniel Doyle.</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>2-1-ZeZ 35 (9:36) 19-Joseph Sheldon pass complete to 10-George Ferris to ZeZ 49 for 14 yards. Tackle by 43-James McGuire. Pressure by 55-Scott Farris.</t>
   </si>
   <si>
     <t>1-10-ZeZ 49 (9:10) PENALTY - False Start (ZeZ 19-Joseph Sheldon)</t>
   </si>
   <si>
     <t>9:09</t>
   </si>
   <si>
     <t>1-15-ZeZ 44 (9:10) 19-Joseph Sheldon pass incomplete, dropped by 89-Ralph Lester. The coverage on that play was extremely tight. Pressure by 60-Henry Ontiveros.</t>
   </si>
   <si>
     <t>9:05</t>
   </si>