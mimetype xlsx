--- v0 (2026-02-05)
+++ v1 (2026-03-31)
@@ -641,51 +641,51 @@
   <si>
     <t>#78 Henry Deal - LG</t>
   </si>
   <si>
     <t>#65 Phil Weaver - RT</t>
   </si>
   <si>
     <t>#52 Cecil Stewart - C</t>
   </si>
   <si>
     <t>#68 Johnnie Klar - DT</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>SPP 16</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-SPP 16 (11:56) 5-Stephen Gibson pass complete to 45-James Horton to SPP 19 for 3 yards. Tackle by 55-William Albert.</t>
   </si>
   <si>
-    <t>#54 Walter Hughes - LDE</t>
+    <t>#72 Walter Hughes - LDE</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>SPP 19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-7-SPP 19 (11:20) 39-Bruce Baker ran to SPP 19 for a short loss. Tackle by 52-Robert Garcia. 74-Pablo Swanson completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-7-SPP 19 (10:35) 5-Stephen Gibson pass complete to 81-Mike Johnston to SPP 27 for 8 yards. Tackle by 24-Juan Hall. SPP 81-Mike Johnston was injured on the play. He looks like he should be able to return. CAR 60-Arthur Keck was injured on the play. He looks like he should be able to return.</t>
   </si>