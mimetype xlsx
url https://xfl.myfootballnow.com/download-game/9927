--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -335,51 +335,51 @@
   <si>
     <t>#49 Claude Miller - CB</t>
   </si>
   <si>
     <t>#4 William Williams - K</t>
   </si>
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>MEM 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MEM 25 (15:00) 12-Bobby Covert ran to MEM 27 for 2 yards. Tackle by 35-Ross Taylor.</t>
   </si>
   <si>
     <t>#4 John Bennett - QB</t>
   </si>
   <si>
-    <t>#83 Reinaldo Millet - WR</t>
+    <t>#83 Reinaldo Millet - C</t>
   </si>
   <si>
     <t>#12 Bobby Covert - WR</t>
   </si>
   <si>
     <t>#21 Richard Davis - RB</t>
   </si>
   <si>
     <t>#86 Charles Farrow - WR</t>
   </si>
   <si>
     <t>#51 Michael Rosenfeld - LT</t>
   </si>
   <si>
     <t>#51 Ryan Gates - LG</t>
   </si>
   <si>
     <t>#71 David Shipman - C</t>
   </si>
   <si>
     <t>#71 David March - C</t>
   </si>
   <si>
     <t>#68 Edward Leal - RT</t>
   </si>
@@ -2414,51 +2414,51 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="277.075" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>