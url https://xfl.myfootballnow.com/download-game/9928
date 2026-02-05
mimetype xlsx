--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -368,51 +368,51 @@
   <si>
     <t>#11 Roy Moore - WR</t>
   </si>
   <si>
     <t>#74 Paul Freeman - LT</t>
   </si>
   <si>
     <t>#76 Joseph Stark - LG</t>
   </si>
   <si>
     <t>#73 Ray Hill - C</t>
   </si>
   <si>
     <t>#67 Stephen Cruz - RG</t>
   </si>
   <si>
     <t>#79 Matt Durham - RT</t>
   </si>
   <si>
     <t>#95 James Guidry - RDE</t>
   </si>
   <si>
     <t>#95 Gregory Harrison - RDE</t>
   </si>
   <si>
-    <t>#95 Cary Laird - DT</t>
+    <t>#57 Cary Laird - DT</t>
   </si>
   <si>
     <t>#56 Michael Cline - LDE</t>
   </si>
   <si>
     <t>#36 Billy Tharpe - LDE</t>
   </si>
   <si>
     <t>#42 Chad Patrick - CB</t>
   </si>
   <si>
     <t>#34 Eric Kimmel - CB</t>
   </si>
   <si>
     <t>#45 Charles Verdugo - CB</t>
   </si>
   <si>
     <t>#27 Glenn Blakey - CB</t>
   </si>
   <si>
     <t>#5 Thomas Layne - CB</t>
   </si>
   <si>
     <t>#41 Joseph Duffy - CB</t>
   </si>
@@ -446,87 +446,87 @@
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-8-TOR 27 (14:21) 3-Michael Keeler pass Pass knocked down by 59-Thomas Layne. incomplete, intended for 45-Richard Avery. CIN 95-James Guidry was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-TOR 27 (14:19) 10-David Medina punts 49 yards to CIN 23. Fair Catch by 84-Willis Vanhorn.</t>
   </si>
   <si>
-    <t>#10 David Medina - P</t>
+    <t>#4 David Medina - P</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#32 Philip Woody - CB</t>
   </si>
   <si>
     <t>#44 Doug Dearman - CB</t>
   </si>
   <si>
     <t>#57 Chris Nunez - C</t>
   </si>
   <si>
     <t>#93 Randy King - LDE</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>CIN 23</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CIN 23 (14:12) 39-Julio Hamilton ran to CIN 36 for 12 yards. Tackle by 33-Johnathon Cook.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
     <t>#83 Arthur Rogers - WR</t>
   </si>
   <si>
     <t>#45 David Santos - FB</t>
   </si>
   <si>
     <t>#62 Doyle Boone - LT</t>
   </si>
   <si>
     <t>#73 Thomas Morneau - LG</t>
   </si>
   <si>
     <t>#52 Steve Donnell - LG</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>
   <si>
     <t>#67 Earl Dolan - LT</t>
   </si>
@@ -2301,51 +2301,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="318.351" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>