--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -581,51 +581,51 @@
   <si>
     <t>#67 Jesse Rodrigues - RT</t>
   </si>
   <si>
     <t>#99 Arturo Griffin - LDE</t>
   </si>
   <si>
     <t>#69 Karl Tong - DT</t>
   </si>
   <si>
     <t>#61 Bobby Thomas - DT</t>
   </si>
   <si>
     <t>#75 Mike Buchanan - SLB</t>
   </si>
   <si>
     <t>#41 Woodrow Yeary - CB</t>
   </si>
   <si>
     <t>#24 Ivan Cook - WLB</t>
   </si>
   <si>
     <t>#37 Everett Redford - SS</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#36 Ronald Buckingham - CB</t>
   </si>
   <si>
     <t>#47 Rolando Harding - SS</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>OAK 13</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>2-12-OAK 13 (11:40) 6-Robert Collins pass Pass knocked down by 26-Charlie Lee. incomplete, intended for 38-Curtis Rivera. Pressure by 69-Karl Tong. 53-Woodrow Yeary got away with a hold on that play.</t>
   </si>
   <si>
     <t>#93 James Benjamin - LT</t>
   </si>
   <si>
     <t>#85 Robert Fort - TE</t>
   </si>