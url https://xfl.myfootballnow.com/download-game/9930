--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -344,51 +344,51 @@
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Singleback Big HB Curls TE Deep</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 18-Johnathan Cantu sacked at IND 17 for -8 yards (97-Fernando Reeves). Sack allowed by 73-Donald Hubbard. 73-Donald Hubbard was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#4 Johnathan Cantu - QB</t>
   </si>
   <si>
     <t>#23 Danny Melillo - WR</t>
   </si>
   <si>
     <t>#19 Louis Oneill - WR</t>
   </si>
   <si>
     <t>#10 George Andrade - WR</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - WR</t>
+    <t>#19 Phillip Mandell - C</t>
   </si>
   <si>
     <t>#73 John Coleman - RT</t>
   </si>
   <si>
     <t>#81 Purple Urkle - LT</t>
   </si>
   <si>
     <t>#56 Kevin Giglio - C</t>
   </si>
   <si>
     <t>#73 Donald Hubbard - RG</t>
   </si>
   <si>
     <t>#66 Calvin Brotherton - RG</t>
   </si>
   <si>
     <t>#91 Joseph Fetter - LDE</t>
   </si>
   <si>
     <t>#97 Fernando Reeves - DT</t>
   </si>
   <si>
     <t>#58 Edwin Litwin - DT</t>
   </si>