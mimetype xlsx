--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -590,93 +590,93 @@
   <si>
     <t>4-4-BRO 12 (9:59) 7-Rodney Hutchins 31 yard field goal is GOOD. PHI 3 BRO 0</t>
   </si>
   <si>
     <t>#2 Michael Donnell - P</t>
   </si>
   <si>
     <t>#79 Walter Crowley - C</t>
   </si>
   <si>
     <t>#5 Rodney Hutchins - K</t>
   </si>
   <si>
     <t>#67 Joel Garcia - LT</t>
   </si>
   <si>
     <t>#71 Morris Lombardo - RT</t>
   </si>
   <si>
     <t>#70 Christopher Shaver - RT</t>
   </si>
   <si>
     <t>#60 John Riley - C</t>
   </si>
   <si>
-    <t>#93 Scott Carmack - LDE</t>
+    <t>#93 Scott Carmack - SS</t>
   </si>
   <si>
     <t>#99 Timothy Banks - RDE</t>
   </si>
   <si>
     <t>#24 Kenneth Letson - CB</t>
   </si>
   <si>
     <t>#94 Daniel Simpson - WLB</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>(9:57) 7-Rodney Hutchins kicks 74 yards from PHI 35 to BRO -9. Touchback.</t>
   </si>
   <si>
     <t>#82 Harold Caldwell - WR</t>
   </si>
   <si>
     <t>#82 Michael Newell - RB</t>
   </si>
   <si>
     <t>#89 Dustin Petersen - WR</t>
   </si>
   <si>
     <t>#13 Eugene Johnson - WR</t>
   </si>
   <si>
     <t>#61 Randy Rubio - C</t>
   </si>
   <si>
     <t>#87 William King - WR</t>
   </si>
   <si>
     <t>#85 Michael Perry - WR</t>
   </si>
   <si>
-    <t>#88 Richard Bishop - WR</t>
+    <t>#88 Richard Bishop - C</t>
   </si>
   <si>
     <t>#28 Calvin Purnell - LG</t>
   </si>
   <si>
     <t>#89 Robert Childs - WR</t>
   </si>
   <si>
     <t>#72 Barrett Remer - C</t>
   </si>
   <si>
     <t>BRO 25</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>1-10-BRO 25 (9:57) 86-Bruce Johnson ran to BRO 33 for 8 yards. Tackle by 23-Oliver Forrest.</t>
   </si>
   <si>
     <t>#15 Bruce Shadrick - QB</t>
   </si>
   <si>
     <t>#88 Bruce Johnson - WR</t>
   </si>
@@ -761,51 +761,51 @@
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-10-BRO 37 (7:18) 4-Bruce Shadrick sacked at BRO 29 for -8 yards (50-Vincent Sharp). Sack allowed by 76-Daniel Sotelo. 76-Daniel Sotelo totally missed that block.</t>
   </si>
   <si>
     <t>6:43</t>
   </si>
   <si>
     <t>BRO 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-BRO 29 (6:42) 7-Roland Stinson punts 49 yards to PHI 22. Fair Catch by 36-George Leet.</t>
   </si>
   <si>
-    <t>#7 Roland Stinson - P</t>
+    <t>#18 Roland Stinson - P</t>
   </si>
   <si>
     <t>#25 George Leet - RB</t>
   </si>
   <si>
     <t>#58 Alexander Gonzalez - RG</t>
   </si>
   <si>
     <t>#77 Joe Felix - C</t>
   </si>
   <si>
     <t>#31 Donald Scott - CB</t>
   </si>
   <si>
     <t>#92 Francisco Benson - WLB</t>
   </si>
   <si>
     <t>#74 Andrew Rowell - LDE</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>PHI 22</t>
   </si>
@@ -2462,51 +2462,51 @@
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>