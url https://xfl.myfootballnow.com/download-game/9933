--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -515,51 +515,51 @@
   <si>
     <t>1-10-VBA 29 (13:32) 13-James Johnson pass Pass knocked down by 20-Steven Thompson. incomplete, intended for 82-Joshua Baker.</t>
   </si>
   <si>
     <t>#18 James Johnson - QB</t>
   </si>
   <si>
     <t>#82 Joshua Baker - WR</t>
   </si>
   <si>
     <t>#83 Matthew Schupp - WR</t>
   </si>
   <si>
     <t>#83 Ricky Hayes - WR</t>
   </si>
   <si>
     <t>#46 Earl Coddington - FB</t>
   </si>
   <si>
     <t>#80 Jason Nez - WR</t>
   </si>
   <si>
     <t>#71 George Reed - RG</t>
   </si>
   <si>
-    <t>#69 Dwight Harmon - RG</t>
+    <t>#69 Dwight Harmon - C</t>
   </si>
   <si>
     <t>#54 Reginald Crosby - C</t>
   </si>
   <si>
     <t>#83 Armando Sebastian - TE</t>
   </si>
   <si>
     <t>#68 Douglas Callahan - RG</t>
   </si>
   <si>
     <t>#92 Jason Lee - DT</t>
   </si>
   <si>
     <t>#98 Randall Meyers - DT</t>
   </si>
   <si>
     <t>#56 John Hubbard - MLB</t>
   </si>
   <si>
     <t>#46 Jason Ramos - CB</t>
   </si>
   <si>
     <t>#22 Steven Woods - LDE</t>
   </si>