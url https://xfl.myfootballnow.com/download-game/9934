--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -308,132 +308,132 @@
   <si>
     <t>#94 Pedro Lund - CB</t>
   </si>
   <si>
     <t>#68 Jonathan Judkins - MLB</t>
   </si>
   <si>
     <t>#57 Brian Manning - RDE</t>
   </si>
   <si>
     <t>#31 Anthony Pitre - FS</t>
   </si>
   <si>
     <t>#29 Ricky Blum - CB</t>
   </si>
   <si>
     <t>#50 Garrett Lansberry - CB</t>
   </si>
   <si>
     <t>#44 Christopher Larson - SS</t>
   </si>
   <si>
     <t>#46 Don Hamilton - CB</t>
   </si>
   <si>
-    <t>#33 Alvin Ward - SS</t>
+    <t>#45 Alvin Ward - SS</t>
   </si>
   <si>
     <t>#98 Harry Diez - DT</t>
   </si>
   <si>
     <t>#6 Stephen Roman - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) 10-Daniel Stroud pass complete to 83-Todd Pilon to SEA 39 for 14 yards. Tackle by 30-Daniel Jenkins. Pressure by 49-Troy Winchell.</t>
   </si>
   <si>
     <t>#10 Daniel Stroud - QB</t>
   </si>
   <si>
     <t>#23 Anthony Crawford - RB</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>#43 Robert Smith - TE</t>
   </si>
   <si>
     <t>#1 John Parker - LT</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#64 Alan Steele - LG</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#66 Brandon Warner - RG</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#72 Michael Whaley - LDE</t>
   </si>
   <si>
     <t>#50 Michael Wilson - DT</t>
   </si>
   <si>
     <t>#79 Nicholas Matias - CB</t>
   </si>
   <si>
     <t>#58 Thomas Gooch - RDE</t>
   </si>
   <si>
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#48 Lorenzo Kapoor - LDE</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
+    <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>SEA 39</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>1-10-SEA 39 (14:21) 28-John Parker ran to SEA 45 for 6 yards. Tackle by 28-Anthony Mansfield.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>SEA 45</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>#9 Taylor Rojas - QB</t>
   </si>
   <si>
     <t>#92 Son Johnson - RB</t>
   </si>
   <si>
     <t>#87 Jerry Pridemore - WR</t>
   </si>
   <si>
     <t>#87 Mark Sager - WR</t>
   </si>
   <si>
     <t>#10 Stephen Powell - WR</t>
   </si>
   <si>
     <t>#12 James Hurlbert - WR</t>
   </si>
   <si>
     <t>#78 James Potter - LT</t>
   </si>
   <si>
     <t>#70 Michael Bartlett - LG</t>
   </si>
   <si>
-    <t>#51 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>#61 Ruben Munroe - LG</t>
   </si>
   <si>
     <t>#51 Enrique Davis - C</t>
   </si>
   <si>
     <t>#74 Thomas Frey - SS</t>
   </si>
   <si>
     <t>#93 Jeffrey Davis - LDE</t>
   </si>
   <si>
     <t>#98 Nicholas Bartlow - RDE</t>
   </si>
   <si>
     <t>#59 Paul Green - MLB</t>
   </si>
   <si>
     <t>#53 Lloyd Sanderson - LDE</t>
   </si>
   <si>
     <t>#34 Tim Van - CB</t>
   </si>
@@ -2178,51 +2178,51 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="268.934" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>