--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -524,51 +524,51 @@
   <si>
     <t>#10 Stephen Powell - WR</t>
   </si>
   <si>
     <t>#12 James Hurlbert - WR</t>
   </si>
   <si>
     <t>#78 James Potter - LT</t>
   </si>
   <si>
     <t>#70 Michael Bartlett - LG</t>
   </si>
   <si>
     <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>#61 Ruben Munroe - LG</t>
   </si>
   <si>
     <t>#51 Enrique Davis - C</t>
   </si>
   <si>
     <t>#74 Thomas Frey - SS</t>
   </si>
   <si>
-    <t>#93 Jeffrey Davis - LDE</t>
+    <t>#72 Jeffrey Davis - LDE</t>
   </si>
   <si>
     <t>#98 Nicholas Bartlow - RDE</t>
   </si>
   <si>
     <t>#59 Paul Green - MLB</t>
   </si>
   <si>
     <t>#53 Lloyd Sanderson - LDE</t>
   </si>
   <si>
     <t>#34 Tim Van - CB</t>
   </si>
   <si>
     <t>#32 Robert Gonzalez - CB</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>PNX 14</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>