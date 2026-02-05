--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -482,51 +482,51 @@
   <si>
     <t>#61 Joseph Taylor - LDE</t>
   </si>
   <si>
     <t>14:04</t>
   </si>
   <si>
     <t>PRI 29</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-PRI 29 (14:05) 25-Scott Turner ran to PRI 28 for -1 yards. Tackle by 95-Nicholas Knight.</t>
   </si>
   <si>
     <t>#14 William Powers - QB</t>
   </si>
   <si>
     <t>#85 John Holm - TE</t>
   </si>
   <si>
-    <t>#81 Richard Hoffmann - WR</t>
+    <t>#81 Richard Hoffmann - LG</t>
   </si>
   <si>
     <t>#83 Jeffrey Armstrong - WR</t>
   </si>
   <si>
     <t>#17 Jason Quinones - WR</t>
   </si>
   <si>
     <t>#62 Charles Ivey - LT</t>
   </si>
   <si>
     <t>#54 Stanley Anderson - LG</t>
   </si>
   <si>
     <t>#73 Michael Myers - C</t>
   </si>
   <si>
     <t>#63 Johnny Thornburg - LG</t>
   </si>
   <si>
     <t>#73 Randolph Dixon - RG</t>
   </si>
   <si>
     <t>#94 Peter Capone - RDE</t>
   </si>