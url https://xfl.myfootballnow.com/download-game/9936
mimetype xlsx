--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -365,81 +365,81 @@
   <si>
     <t>#80 Freddie Franklin - WR</t>
   </si>
   <si>
     <t>#80 Steven Hamel - TE</t>
   </si>
   <si>
     <t>#19 Justin Richardson - WR</t>
   </si>
   <si>
     <t>#74 Steve Lenard - C</t>
   </si>
   <si>
     <t>#50 Cedric Dahlke - LT</t>
   </si>
   <si>
     <t>#65 Daniel Thomas - RT</t>
   </si>
   <si>
     <t>#66 Earl Lewis - RG</t>
   </si>
   <si>
     <t>#67 Jeremiah Foster - LT</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
     <t>#76 John Green - DT</t>
   </si>
   <si>
     <t>#96 Samuel Brummett - RDE</t>
   </si>
   <si>
     <t>#58 John Hernandez - MLB</t>
   </si>
   <si>
     <t>#2 Ken Pace - CB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#63 Thomas Haney - DT</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
   <si>
     <t>#43 Harry Jones - CB</t>
   </si>
   <si>
-    <t>#49 Charles Waters - FS</t>
+    <t>#25 Charles Waters - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>NEC 30</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NEC 30 (14:57) 85-Timothy Nunes ran to NEC 26 for 4 yards. Tackle by 96-Ray Vickers.</t>
   </si>
   <si>
     <t>#6 Walter Clark - QB</t>
   </si>
   <si>
     <t>#85 Timothy Nunes - WR</t>
   </si>
   <si>
     <t>#46 Larry Denault - RB</t>
   </si>