--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -284,102 +284,102 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NEC has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Glenn Chaney kicks 74 yards from MIA 35 to NEC -9. Touchback.</t>
   </si>
   <si>
     <t>#45 Jean Davis - CB</t>
   </si>
   <si>
-    <t>#37 Jeffrey Pritchett - SS</t>
+    <t>#37 Jeffrey Pritchett - LDE</t>
   </si>
   <si>
     <t>#57 Dwight White - WLB</t>
   </si>
   <si>
     <t>#46 Matthew Davis - SLB</t>
   </si>
   <si>
     <t>#53 Jamal Grubb - WLB</t>
   </si>
   <si>
     <t>#41 Jerry Gibbs - LDE</t>
   </si>
   <si>
     <t>#90 Randy Newton - WLB</t>
   </si>
   <si>
     <t>#48 Jason Robertson - CB</t>
   </si>
   <si>
     <t>#69 Albert Bolick - RDE</t>
   </si>
   <si>
     <t>#90 Robert Lewis - RDE</t>
   </si>
   <si>
     <t>#93 Ray Vickers - WLB</t>
   </si>
   <si>
     <t>#8 Glenn Chaney - K</t>
   </si>
   <si>
     <t>NEC</t>
   </si>
   <si>
     <t>NEC 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NEC 25 (15:00) 18-Reynaldo Cook pass INTERCEPTED by 24-Thomas Haney at NEC 32. 24-Thomas Haney to NEC 30 for 2 yards. Tackle by 84-Steven Hamel.</t>
   </si>
   <si>
     <t>#2 Reynaldo Cook - QB</t>
   </si>
   <si>
-    <t>#86 Leland Mills - TE</t>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>#81 Michael Frank - WR</t>
   </si>
   <si>
     <t>#80 Freddie Franklin - WR</t>
   </si>
   <si>
     <t>#80 Steven Hamel - TE</t>
   </si>
   <si>
     <t>#19 Justin Richardson - WR</t>
   </si>
   <si>
     <t>#74 Steve Lenard - C</t>
   </si>
   <si>
     <t>#50 Cedric Dahlke - LT</t>
   </si>
   <si>
     <t>#65 Daniel Thomas - RT</t>
   </si>
   <si>
     <t>#66 Earl Lewis - RG</t>
   </si>
@@ -2185,66 +2185,66 @@
     <col min="12" max="12" width="350.2" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>