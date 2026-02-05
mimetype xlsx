--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -647,51 +647,51 @@
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>3-10-TBY 24 (10:10) 39-Timothy Perry ran to TBY 29 for 5 yards. Tackle by 31-Andrew Hall.</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>TBY 29</t>
   </si>
   <si>
     <t>4-5-TBY 29 (9:25) 9-Dennis McDuffie punts 47 yards to VAN 24. Fair Catch by 45-Richard Brown.</t>
   </si>
   <si>
     <t>#1 Dennis McDuffie - P</t>
   </si>
   <si>
     <t>#77 Corey Donley - RG</t>
   </si>
   <si>
     <t>#78 Rodolfo Caton - RG</t>
   </si>
   <si>
-    <t>#93 William Levey - DT</t>
+    <t>#99 William Levey - DT</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
   <si>
     <t>VAN 24</t>
   </si>
   <si>
     <t>1-10-VAN 24 (9:19) 4-Keith Garcia pass complete to 86-Evan Edge to TBY 43 for 33 yards. Tackle by 47-Carlos Kirby.</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>TBY 43</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-TBY 43 (8:42) 4-Keith Garcia pass incomplete, dropped by 6-Joshua Jackson.</t>
   </si>
   <si>
     <t>#13 Joshua Jackson - WR</t>
   </si>