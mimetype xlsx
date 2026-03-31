--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -398,51 +398,51 @@
   <si>
     <t>#64 Roger Reynolds - DT</t>
   </si>
   <si>
     <t>#91 William Bridwell - LDE</t>
   </si>
   <si>
     <t>#36 William Estrella - SS</t>
   </si>
   <si>
     <t>#93 Ronald Williams - DT</t>
   </si>
   <si>
     <t>#20 David Robinson - CB</t>
   </si>
   <si>
     <t>#35 Phillip Stthomas - CB</t>
   </si>
   <si>
     <t>#26 William Allard - CB</t>
   </si>
   <si>
     <t>#27 Billy Powell - CB</t>
   </si>
   <si>
-    <t>#46 Garrett Holt - CB</t>
+    <t>#46 Garrett Holt - RDE</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>VAN 33</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-6-VAN 33 (14:12) 13-David Talty ran to VAN 38 for 5 yards. Tackle by 47-Carlos Kirby.</t>
   </si>
   <si>
     <t>#50 Douglas Boyd - LG</t>
   </si>
   <si>
     <t>#47 John Castle - FB</t>
   </si>
   <si>
     <t>#2 Julius Hedin - WR</t>
   </si>